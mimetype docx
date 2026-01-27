--- v0 (2025-11-30)
+++ v1 (2026-01-27)
@@ -1,50 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4E20F41D" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRPr="00902BFF" w:rsidRDefault="00902BFF">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="480" w:after="60"/>
         <w:ind w:left="567" w:right="567"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:sz w:val="38"/>
           <w:szCs w:val="38"/>
           <w:rtl/>
         </w:rPr>
         <w:t>عنوان</w:t>
@@ -232,109 +233,862 @@
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
           <w:rtl/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00902BFF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> عنوان موسسه نويسنده دوم، شهر </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00902BFF">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SecondAuthor@Email</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2C3A0744" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRPr="00902BFF" w:rsidRDefault="00F95F33">
+    <w:p w14:paraId="2C3A0744" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRDefault="00F95F33">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:bidi/>
         <w:spacing w:after="80"/>
         <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF045A">
+        <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FF045A">
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00902BFF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      </w:r>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عنوان موسسه نويسنده دوم، شهر </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00902BFF">
         <w:rPr>
-          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ThirdAuthor@Email</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="49358EF3" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRDefault="00D356B0">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="2F709DF5" w14:textId="1B168274" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:bidi/>
         <w:spacing w:after="80"/>
         <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="014BB658" wp14:editId="4A9563FD">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1023117</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>144013</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3867150" cy="438150"/>
+                <wp:effectExtent l="57150" t="19050" r="76200" b="95250"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2" name="Rectangle 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3867150" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="accent1">
+                            <a:lumMod val="60000"/>
+                            <a:lumOff val="40000"/>
+                          </a:schemeClr>
+                        </a:solidFill>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="3">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="2">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="053DB82A" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:80.55pt;margin-top:11.35pt;width:304.5pt;height:34.5pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwU/sHcAIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysFMtOGzHwXqn/YPleNgkB0ogNikBUlSig&#10;QsXZeG1iyfa4Yyeb9Os79iablKJWqroH77zfM+cXa2fZSmE04Gs+PBpwpryExviXmn97vP4w4Swm&#10;4Rthwauab1TkF7P3787bMFUjWIBtFDIy4uO0DTVfpBSmVRXlQjkRjyAoT0wN6EQiFF+qBkVL1p2t&#10;RoPBadUCNgFBqhiJetUx+azY11rJdKd1VInZmlNsqbxY3uf8VrNzMX1BERZGbsMQ/xCFE8aT097U&#10;lUiCLdH8ZsoZiRBBpyMJrgKtjVQlB8pmOHiVzcNCBFVyoeLE0Jcp/j+z8nb1EO6RytCGOI0E5izW&#10;Gl3+U3xsXYq16Yul1olJIh5PTs+GJ1RTSbzx8STDZKbaaweM6ZMCxzJQc6RmlBqJ1U1MnehOJDuL&#10;YE1zbawtSB4AdWmRrQS1TkipfBoWdbt0X6Dp6KcD+romEpla3ZHHOzJFU0YpWyqxHTip9hkXKG2s&#10;yq6t/6o0Mw3l2DnsLfwaS5dBkc5qmiLvFY9LpH9U3MpnVVUGtVce/V251yiewade2RkP+JYBS+Xr&#10;QtadPNXjIO8MPkOzuUeG0K1JDPLaUOtuREz3AmkvqNu06+mOHm2hrTlsIc4WgD/eomd5GlfictbS&#10;ntU8fl8KVJzZz54G+eNwPM6LWZDxydmIEDzkPB9y/NJdAs3DkK5KkAXM8snuQI3gnugkzLNXYgkv&#10;yXfNZcIdcpm6/aejItV8XsRoGYNIN/4hyF3X82g+rp8Ehu38Jpr8W9jtpJi+GuNONvfDw3yZQJsy&#10;4/u6butNi1wmcXt08qU4xIvU/jTOfgIAAP//AwBQSwMEFAAGAAgAAAAhADJWfRXeAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4sSSVWKE2nCokLSJMYO5Rb1pq2WuNUTbZ2&#10;bz9zguNvf/r9Od8sbhBnnELvyYBeKRBItW96ag3sv94enkCEaKmxgyc0cMEAm+L2JrdZ42f6xPMu&#10;toJLKGTWQBfjmEkZ6g6dDSs/IvHux0/ORo5TK5vJzlzuBpkotZbO9sQXOjvia4f1cXdyBj4e1Xa+&#10;YKlmryv1Xn0f66rcG3N/t5QvICIu8Q+GX31Wh4KdDv5ETRAD57XWjBpIkhQEA2mqeHAw8KxTkEUu&#10;/39QXAEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwU/sHcAIAAGIFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAyVn0V3gAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAMoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" fillcolor="#95b3d7 [1940]" strokecolor="#4579b8 [3044]">
+                <v:shadow on="t" color="black" opacity="22937f" origin=",.5" offset="0,.63889mm"/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68F04F6F" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00416197" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:bidi/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00416197">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">موارد الزامی </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کنفرانس</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD40732" w14:textId="333ABC0C" w:rsidR="00D13C4F" w:rsidRPr="00902BFF" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:bidi/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E34">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="05C08E53" wp14:editId="1916CF89">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1019810</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>38892</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3867150" cy="638175"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3867150" cy="638175"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6115DC55" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t>شماره همراه نویسنده اول</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(                </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> )</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1EB2A2CA" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                            <w:pPr>
+                              <w:bidi/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t>شماره همراه نویسنده دوم</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(               </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  )</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="461BE72A" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t>شماره همراه نویسنده سوم</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(               </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00885E34">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">  )</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3780108C" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                          <w:p w14:paraId="47079FFA" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="05C08E53" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:80.3pt;margin-top:3.05pt;width:304.5pt;height:50.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYCcZcEAIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOkzQ14hRdugwD&#10;ugvQ7QNkWY6FSaImKbGzrx8lu2l2exmmB4EUqUPykFzf9lqRo3BegilpPplSIgyHWpp9Sb983r1a&#10;UeIDMzVTYERJT8LT283LF+vOFmIGLahaOIIgxhedLWkbgi2yzPNWaOYnYIVBYwNOs4Cq22e1Yx2i&#10;a5XNptNl1oGrrQMuvMfX+8FINwm/aQQPH5vGi0BUSTG3kG6X7ire2WbNir1jtpV8TIP9QxaaSYNB&#10;z1D3LDBycPI3KC25Aw9NmHDQGTSN5CLVgNXk01+qeWyZFakWJMfbM03+/8HyD8dH+8mR0L+GHhuY&#10;ivD2AfhXTwxsW2b24s456FrBagycR8qyzvpi/Bqp9oWPIFX3HmpsMjsESEB943RkBeskiI4NOJ1J&#10;F30gHB+vVsvrfIEmjrbl1Sq/XqQQrHj6bZ0PbwVoEoWSOmxqQmfHBx9iNqx4conBPChZ76RSSXH7&#10;aqscOTIcgF06I/pPbsqQrqQ3i9liIOCvENN0/gShZcBJVlKXdHV2YkWk7Y2p05wFJtUgY8rKjDxG&#10;6gYSQ1/16Bj5rKA+IaMOhonFDUOhBfedkg6ntaT+24E5QYl6Z7ArN/l8Hsc7KfPF9QwVd2mpLi3M&#10;cIQqaaBkELchrUQkzMAddq+RidjnTMZccQoT3+PGxDG/1JPX815vfgAAAP//AwBQSwMEFAAGAAgA&#10;AAAhALrQ3qHcAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdQrIbUOc&#10;CiGB4FYKgqsbb5MIex1sNw1/z3KC49OMZt9W68k7MWJMfSAN81kBAqkJtqdWw9vrw+USRMqGrHGB&#10;UMM3JljXpyeVKW040guO29wKHqFUGg1dzkMpZWo69CbNwoDE2T5EbzJjbKWN5sjj3smrolDSm574&#10;QmcGvO+w+dwevIblzdP4kZ6vN++N2rtVvliMj19R6/Oz6e4WRMYp/5XhV5/VoWanXTiQTcIxq0Jx&#10;VYOag+B8oVbMOw4KpUDWlfz/Qf0DAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmAnGXBAC&#10;AAAfBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAutDe&#10;odwAAAAJAQAADwAAAAAAAAAAAAAAAABqBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6115DC55" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>شماره همراه نویسنده اول</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(                </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> )</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1EB2A2CA" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                      <w:pPr>
+                        <w:bidi/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>شماره همراه نویسنده دوم</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(               </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">   </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  )</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="461BE72A" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>شماره همراه نویسنده سوم</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(               </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00885E34">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">  )</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3780108C" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                    <w:p w14:paraId="47079FFA" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49358EF3" w14:textId="38A1D37A" w:rsidR="00D356B0" w:rsidRDefault="00D356B0">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:bidi/>
+        <w:spacing w:after="80"/>
+        <w:rPr>
           <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Helvetica Neue"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26B9D28D" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRPr="00D47B05" w:rsidRDefault="00F95F33">
+    <w:p w14:paraId="526CEFD9" w14:textId="042F3F90" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00885E34">
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6EA59D87" wp14:editId="44C159FE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1026416</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>279673</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3867150" cy="638175"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="3" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3867150" cy="638175"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="74258D92" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                            <w:pPr>
+                              <w:bidi/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                                <w:color w:val="000000"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">ارسال فیش واریزی هزینه کنفرانس درصورت پذیرش مقاله به شماره زیر در برنامه </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                                <w:color w:val="000000"/>
+                              </w:rPr>
+                              <w:t>whatsapp</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                          </w:p>
+                          <w:p w14:paraId="5FB51033" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                          <w:p w14:paraId="403B5F9A" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="006D2A21" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="B Nazanin"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006D2A21">
+                              <w:rPr>
+                                <w:rFonts w:cs="B Nazanin"/>
+                              </w:rPr>
+                              <w:t>09113948372</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6EA59D87" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:80.8pt;margin-top:22pt;width:304.5pt;height:50.25pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDeVrBBEwIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q943jbJLNWnFW22xT&#10;VdoepG0fAAOOUTFDgcROn74D9mbT001VLhDDwM/MN8P6tm81OUrnFZiS5pMpJdJwEMrsS/rl8+7V&#10;ihIfmBFMg5ElPUlPbzcvX6w7W8gZNKCFdARFjC86W9ImBFtkmeeNbJmfgJUGnTW4lgU03T4TjnWo&#10;3upsNp0usw6csA649B537wcn3ST9upY8fKxrLwPRJcXYQppdmqs4Z5s1K/aO2UbxMQz2D1G0TBl8&#10;9Cx1zwIjB6d+k2oVd+ChDhMObQZ1rbhMOWA2+fSXbB4bZmXKBeF4e8bk/58s/3B8tJ8cCf1r6LGA&#10;KQlvH4B/9cTAtmFmL++cg66RTODDeUSWddYX49WI2hc+ilTdexBYZHYIkIT62rWRCuZJUB0LcDpD&#10;l30gHDevVsvrfIEujr7l1Sq/XqQnWPF02zof3kpoSVyU1GFRkzo7PvgQo2HF05H4mAetxE5pnQy3&#10;r7bakSPDBtilMar/dEwb0pX0ZjFbDAD+KjFN408SrQrYyVq1JV2dD7EiYntjROqzwJQe1hiyNiPH&#10;iG6AGPqqJ0qMkCPWCsQJwToYGhc/Gi4acN8p6bBpS+q/HZiTlOh3Botzk8/nscuTMV9cz9Bwl57q&#10;0sMMR6mSBkqG5TaknxG5GbjDItYq8X2OZAwZmzFhHz9O7PZLO516/t6bHwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEfR503eAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdQom&#10;KSFOhZBAcIOC4OrG2yQiXgfbTcPfs5zgODuj2TfVenaDmDDE3pOG5SIDgdR421Or4e31/nwFIiZD&#10;1gyeUMM3RljXx0eVKa0/0AtOm9QKLqFYGg1dSmMpZWw6dCYu/IjE3s4HZxLL0EobzIHL3SAvsiyX&#10;zvTEHzoz4l2Hzedm7zSs1OP0EZ8un9+bfDdcp7NievgKWp+ezLc3IBLO6S8Mv/iMDjUzbf2ebBQD&#10;63yZc1SDUryJA0WR8WHLjlJXIOtK/p9Q/wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDe&#10;VrBBEwIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBH0edN3gAAAAoBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="74258D92" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="00885E34" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                      <w:pPr>
+                        <w:bidi/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin" w:hint="cs"/>
+                          <w:color w:val="000000"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">ارسال فیش واریزی هزینه کنفرانس درصورت پذیرش مقاله به شماره زیر در برنامه </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="B Nazanin"/>
+                          <w:color w:val="000000"/>
+                        </w:rPr>
+                        <w:t>whatsapp</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                    </w:p>
+                    <w:p w14:paraId="5FB51033" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F"/>
+                    <w:p w14:paraId="403B5F9A" w14:textId="77777777" w:rsidR="00D13C4F" w:rsidRPr="006D2A21" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="B Nazanin"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006D2A21">
+                        <w:rPr>
+                          <w:rFonts w:cs="B Nazanin"/>
+                        </w:rPr>
+                        <w:t>09113948372</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ADB4D4E" w14:textId="5D2F8C89" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="171AD730" w14:textId="29F19A83" w:rsidR="00D13C4F" w:rsidRDefault="00D13C4F" w:rsidP="00D13C4F">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:before="240" w:after="60"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26B9D28D" w14:textId="3A3179CF" w:rsidR="00D356B0" w:rsidRPr="00D47B05" w:rsidRDefault="00F95F33" w:rsidP="00D13C4F">
       <w:pPr>
         <w:bidi/>
         <w:spacing w:before="240" w:after="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D47B05">
         <w:rPr>
           <w:rFonts w:cs="B Nazanin"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>چکيده</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CF2FA2" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRPr="00D47B05" w:rsidRDefault="00F95F33">
       <w:pPr>
         <w:bidi/>
@@ -2634,54 +3388,54 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="B Nazanin"/>
           <w:position w:val="-14"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:object w:dxaOrig="3500" w:dyaOrig="400" w14:anchorId="05ED591E">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:175pt;height:20pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:174.85pt;height:19.65pt" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1825327555" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.DSMT4" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829208331" r:id="rId8"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       (</w:t>
       </w:r>
       <w:r w:rsidR="00B366F9" w:rsidRPr="00FF045A">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="B Nazanin"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -3202,58 +3956,58 @@
     </w:p>
     <w:p w14:paraId="73E1DE92" w14:textId="77777777" w:rsidR="00D356B0" w:rsidRDefault="00D356B0">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D356B0" w:rsidSect="008754A6">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11909" w:h="16834"/>
       <w:pgMar w:top="2650" w:right="1440" w:bottom="1440" w:left="1440" w:header="0" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53865C03" w14:textId="77777777" w:rsidR="00B65748" w:rsidRDefault="00B65748">
+    <w:p w14:paraId="150F5189" w14:textId="77777777" w:rsidR="0035587B" w:rsidRDefault="0035587B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52839676" w14:textId="77777777" w:rsidR="00B65748" w:rsidRDefault="00B65748">
+    <w:p w14:paraId="2B4E2F9B" w14:textId="77777777" w:rsidR="0035587B" w:rsidRDefault="0035587B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
@@ -3281,254 +4035,246 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="31C8565F" w14:textId="77777777" w:rsidR="00B65748" w:rsidRDefault="00B65748">
+    <w:p w14:paraId="4279E1EC" w14:textId="77777777" w:rsidR="0035587B" w:rsidRDefault="0035587B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FD3DFD2" w14:textId="77777777" w:rsidR="00B65748" w:rsidRDefault="00B65748">
+    <w:p w14:paraId="2E3DECFC" w14:textId="77777777" w:rsidR="0035587B" w:rsidRDefault="0035587B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7C979F3C" w14:textId="20186067" w:rsidR="00F95F33" w:rsidRDefault="00DA3C79" w:rsidP="00DA3C79">
+  <w:p w14:paraId="7C979F3C" w14:textId="18C45F24" w:rsidR="00F95F33" w:rsidRDefault="00D13C4F" w:rsidP="00DA3C79">
     <w:pPr>
       <w:ind w:left="-1276" w:hanging="142"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="03CFE969" wp14:editId="42C73618">
-[...2 lines deleted...]
-          <wp:docPr id="752518466" name="Picture 1"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4082B1A8" wp14:editId="75E03E15">
+          <wp:extent cx="7553325" cy="1819275"/>
+          <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+          <wp:docPr id="718612379" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="752518466" name="Picture 1"/>
-[...2 lines deleted...]
-                  </pic:cNvPicPr>
+                  <pic:cNvPr id="718612379" name="Picture 718612379"/>
+                  <pic:cNvPicPr/>
                 </pic:nvPicPr>
-                <pic:blipFill rotWithShape="1">
+                <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
-                  <a:srcRect t="1174" b="1468"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
-                <pic:spPr bwMode="auto">
+                <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7503448" cy="2095936"/>
+                    <a:ext cx="7555621" cy="1819828"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
-                  <a:noFill/>
-[...7 lines deleted...]
-                  </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="80"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D356B0"/>
     <w:rsid w:val="00026894"/>
     <w:rsid w:val="0003395C"/>
     <w:rsid w:val="00035C7E"/>
     <w:rsid w:val="0004687D"/>
     <w:rsid w:val="00066DA6"/>
     <w:rsid w:val="000836B5"/>
     <w:rsid w:val="000B608A"/>
     <w:rsid w:val="000D0946"/>
     <w:rsid w:val="0010080D"/>
     <w:rsid w:val="001300BD"/>
     <w:rsid w:val="00175724"/>
     <w:rsid w:val="001B7797"/>
     <w:rsid w:val="00324B0A"/>
+    <w:rsid w:val="0035587B"/>
     <w:rsid w:val="00366E2A"/>
     <w:rsid w:val="00387ACE"/>
     <w:rsid w:val="00396FDA"/>
+    <w:rsid w:val="003A6F7E"/>
     <w:rsid w:val="003D109A"/>
     <w:rsid w:val="004615D6"/>
     <w:rsid w:val="00495161"/>
     <w:rsid w:val="004C14A2"/>
     <w:rsid w:val="006B6624"/>
     <w:rsid w:val="006E4E0B"/>
     <w:rsid w:val="00742B63"/>
     <w:rsid w:val="007713F2"/>
     <w:rsid w:val="007A3208"/>
     <w:rsid w:val="007C533A"/>
     <w:rsid w:val="00847D91"/>
     <w:rsid w:val="008754A6"/>
     <w:rsid w:val="008827B0"/>
     <w:rsid w:val="008B6811"/>
     <w:rsid w:val="00902BFF"/>
     <w:rsid w:val="00915DD7"/>
     <w:rsid w:val="00935CB5"/>
     <w:rsid w:val="00986331"/>
     <w:rsid w:val="009E4DEC"/>
     <w:rsid w:val="00A7362D"/>
     <w:rsid w:val="00AC3ABB"/>
     <w:rsid w:val="00B07FD1"/>
     <w:rsid w:val="00B366F9"/>
     <w:rsid w:val="00B65748"/>
     <w:rsid w:val="00B876A9"/>
     <w:rsid w:val="00C020DE"/>
     <w:rsid w:val="00C06FF2"/>
     <w:rsid w:val="00C15455"/>
     <w:rsid w:val="00C16BF3"/>
     <w:rsid w:val="00D1299D"/>
+    <w:rsid w:val="00D13C4F"/>
     <w:rsid w:val="00D16B37"/>
     <w:rsid w:val="00D356B0"/>
     <w:rsid w:val="00D47B05"/>
     <w:rsid w:val="00D5160B"/>
     <w:rsid w:val="00DA3C79"/>
     <w:rsid w:val="00DC7686"/>
     <w:rsid w:val="00DD557C"/>
     <w:rsid w:val="00DE4D9E"/>
     <w:rsid w:val="00DF0F3E"/>
     <w:rsid w:val="00E008F4"/>
     <w:rsid w:val="00E12DF0"/>
     <w:rsid w:val="00E312CC"/>
     <w:rsid w:val="00E430D1"/>
     <w:rsid w:val="00EA470A"/>
     <w:rsid w:val="00EB76E4"/>
     <w:rsid w:val="00F06186"/>
     <w:rsid w:val="00F13ED3"/>
     <w:rsid w:val="00F451C4"/>
     <w:rsid w:val="00F95F33"/>
     <w:rsid w:val="00FF045A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-  <w:listSeparator w:val="؛"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w14:docId w14:val="4A67E1C6"/>
   <w15:docId w15:val="{833377AC-6FA9-4E67-88D0-F5E4B40CA2AF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4425,78 +5171,78 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>612</Words>
-  <Characters>3493</Characters>
+  <Words>617</Words>
+  <Characters>3517</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4097</CharactersWithSpaces>
+  <CharactersWithSpaces>4126</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>sony</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>eb74b0c8a238c41f6987e78e9ae59d356d0b89a52756b263c1ae80ee418dff67</vt:lpwstr>
   </property>
 </Properties>
 </file>